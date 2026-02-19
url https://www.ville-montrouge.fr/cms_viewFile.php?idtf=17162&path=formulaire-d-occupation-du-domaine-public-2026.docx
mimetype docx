--- v0 (2026-01-03)
+++ v1 (2026-02-19)
@@ -7,63 +7,65 @@
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:body>
     <w:p w:rsidR="00871BFE" w:rsidRPr="00615A14" w:rsidRDefault="0045493F" w:rsidP="00871BFE">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:drawing>
           <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1B09ED72" wp14:editId="66E6F212">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="margin">
               <wp:align>left</wp:align>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>9525</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="561975" cy="600075"/>
             <wp:effectExtent l="0" t="0" r="9525" b="9525"/>
             <wp:wrapTight wrapText="bothSides">
               <wp:wrapPolygon edited="0">
                 <wp:start x="0" y="0"/>
                 <wp:lineTo x="0" y="21257"/>
                 <wp:lineTo x="21234" y="21257"/>
                 <wp:lineTo x="21234" y="0"/>
                 <wp:lineTo x="0" y="0"/>
               </wp:wrapPolygon>
             </wp:wrapTight>
@@ -440,51 +442,63 @@
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00871BFE">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:spacing w:val="-1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>PUBLIC</w:t>
       </w:r>
       <w:r w:rsidR="00AF6489">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:spacing w:val="-1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 2025</w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00427456">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>2026</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="0083210A" w:rsidRDefault="0083210A" w:rsidP="0083210A">
       <w:pPr>
         <w:spacing w:before="9"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="14"/>
           <w:szCs w:val="14"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="0083210A" w:rsidRDefault="0083210A" w:rsidP="0083210A">
       <w:pPr>
         <w:ind w:right="2"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
@@ -1522,50 +1536,51 @@
         <w:ind w:left="240"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="0083210A" w:rsidRPr="00196840" w:rsidRDefault="0083210A" w:rsidP="0083210A">
       <w:pPr>
         <w:pStyle w:val="Corpsdetexte"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="437"/>
         </w:tabs>
         <w:spacing w:before="0"/>
         <w:ind w:right="241" w:firstLine="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00714DA1">
         <w:rPr>
           <w:color w:val="0070C0"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>un</w:t>
       </w:r>
       <w:r w:rsidRPr="00714DA1">
         <w:rPr>
           <w:color w:val="0070C0"/>
           <w:spacing w:val="60"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00714DA1">
         <w:rPr>
           <w:color w:val="0070C0"/>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>plan</w:t>
       </w:r>
       <w:r w:rsidRPr="00714DA1">
         <w:rPr>
           <w:color w:val="0070C0"/>
           <w:spacing w:val="60"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00714DA1">
         <w:rPr>
@@ -3708,65 +3723,74 @@
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">                                   </w:t>
       </w:r>
       <w:r w:rsidRPr="00036287">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>DATE DE LA DEMANDE</w:t>
       </w:r>
       <w:r w:rsidRPr="00036287">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t> :</w:t>
       </w:r>
+      <w:r w:rsidR="001A0264">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>………………………………………</w:t>
+      </w:r>
     </w:p>
     <w:p w:rsidR="00B273C5" w:rsidRPr="00036287" w:rsidRDefault="00B273C5" w:rsidP="00F94B39">
       <w:pPr>
         <w:spacing w:line="200" w:lineRule="atLeast"/>
         <w:ind w:left="102" w:firstLine="606"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="001A0264">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
+          <w:color w:val="FF0000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Ce document est à compléter en intégralité pour le traitement de votre demande.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -4470,67 +4494,51 @@
               </w:rPr>
               <w:t>Entreprise</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00B273C5" w:rsidRPr="006059A5" w:rsidRDefault="00B273C5" w:rsidP="00B273C5">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="12"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="370"/>
               </w:tabs>
               <w:spacing w:before="13" w:line="252" w:lineRule="exact"/>
               <w:ind w:hanging="259"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006059A5">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
-              <w:t>Autres</w:t>
-[...15 lines deleted...]
-              <w:t>…………………………..</w:t>
+              <w:t>Autres :……………………………..</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00B273C5" w:rsidRDefault="00B273C5" w:rsidP="006E427F">
             <w:pPr>
               <w:spacing w:line="252" w:lineRule="exact"/>
               <w:ind w:left="110"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00657956">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:spacing w:val="-1"/>
               </w:rPr>
               <w:t>Nom</w:t>
             </w:r>
             <w:r w:rsidRPr="00657956">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:spacing w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00657956">
@@ -5321,51 +5329,60 @@
       </w:tr>
       <w:tr w:rsidR="00B273C5" w:rsidTr="00822A48">
         <w:trPr>
           <w:gridBefore w:val="1"/>
           <w:wBefore w:w="19" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6537" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00B273C5" w:rsidRDefault="00B273C5" w:rsidP="00603B42">
             <w:pPr>
               <w:spacing w:line="200" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">N° et DATE de délivrance du permis de construire ou de la déclaration de travaux, si existant </w:t>
+              <w:t xml:space="preserve">N° et DATE de délivrance du permis de construire ou de la déclaration de </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">travaux, si existant </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8730" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w:rsidR="00B273C5" w:rsidRDefault="00B273C5" w:rsidP="00603B42">
             <w:pPr>
               <w:spacing w:line="200" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w:rsidR="00B273C5" w:rsidRDefault="00B273C5" w:rsidP="009243D9">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="5715"/>
@@ -5394,220 +5411,244 @@
       </w:r>
     </w:p>
     <w:p w:rsidR="00B273C5" w:rsidRPr="00E8054F" w:rsidRDefault="00B273C5" w:rsidP="005E3FA2">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="5715"/>
           <w:tab w:val="right" w:pos="15398"/>
         </w:tabs>
         <w:spacing w:before="5"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Arial" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Arial" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B273C5" w:rsidRDefault="00B273C5" w:rsidP="00827C6F">
+    <w:p w:rsidR="00B273C5" w:rsidRDefault="00427456" w:rsidP="00827C6F">
       <w:pPr>
         <w:pStyle w:val="En-tte"/>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...12 lines deleted...]
-      <w:r w:rsidRPr="008B0D1C">
+      <w:r w:rsidRPr="00427456">
         <w:rPr>
           <w:noProof/>
+          <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
-            <wp:extent cx="10520668" cy="5695950"/>
-[...1 lines deleted...]
-            <wp:docPr id="10" name="Image 10"/>
+            <wp:extent cx="9777730" cy="5293719"/>
+            <wp:effectExtent l="0" t="0" r="0" b="2540"/>
+            <wp:docPr id="9" name="Image 9"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 5"/>
+                    <pic:cNvPr id="0" name="Picture 1"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId13">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="10526925" cy="5699338"/>
+                      <a:ext cx="9777730" cy="5293719"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
+    <w:p w:rsidR="00B273C5" w:rsidRDefault="00B273C5" w:rsidP="00827C6F">
+      <w:pPr>
+        <w:pStyle w:val="En-tte"/>
+        <w:spacing w:after="120"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
     <w:p w:rsidR="00E960E0" w:rsidRDefault="00E960E0" w:rsidP="005E3FA2">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="5715"/>
           <w:tab w:val="right" w:pos="15398"/>
         </w:tabs>
         <w:spacing w:before="5"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00E960E0" w:rsidRDefault="00E960E0" w:rsidP="005E3FA2">
+    <w:p w:rsidR="00427456" w:rsidRDefault="00427456" w:rsidP="005E3FA2">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="5715"/>
           <w:tab w:val="right" w:pos="15398"/>
         </w:tabs>
         <w:spacing w:before="5"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00B273C5" w:rsidRPr="00E8054F" w:rsidRDefault="00B273C5" w:rsidP="005E3FA2">
+    <w:p w:rsidR="00427456" w:rsidRDefault="00427456" w:rsidP="005E3FA2">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="5715"/>
           <w:tab w:val="right" w:pos="15398"/>
         </w:tabs>
         <w:spacing w:before="5"/>
         <w:jc w:val="right"/>
         <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E960E0" w:rsidRDefault="00E960E0" w:rsidP="005E3FA2">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="5715"/>
+          <w:tab w:val="right" w:pos="15398"/>
+        </w:tabs>
+        <w:spacing w:before="5"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00B273C5" w:rsidRPr="00E8054F" w:rsidRDefault="00B273C5" w:rsidP="005E3FA2">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="5715"/>
+          <w:tab w:val="right" w:pos="15398"/>
+        </w:tabs>
+        <w:spacing w:before="5"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Arial" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-      <w:bookmarkEnd w:id="0"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
-      </w:r>
-[...6 lines deleted...]
-        <w:t>MAJ : 19/12/2025</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00B273C5" w:rsidRPr="00FE2117" w:rsidRDefault="00B273C5" w:rsidP="00FE2117">
       <w:pPr>
         <w:spacing w:before="5"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Arial" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:color w:val="2E74B5" w:themeColor="accent1" w:themeShade="BF"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FE2117">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="2E74B5" w:themeColor="accent1" w:themeShade="BF"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>ANNEXE 1</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00B273C5" w:rsidRPr="00822A48" w:rsidRDefault="00B273C5" w:rsidP="00822A48">
       <w:pPr>
         <w:spacing w:line="265" w:lineRule="exact"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">MODIFICATION OU CORRECTION DE LA DEMANDE INITIALE D’OCCUPATION DU DOMAINE PUBLIC, APRES NOTIFICATION DE L’ARRÊTE                                    </w:t>
       </w:r>
       <w:r w:rsidRPr="005E3FA2">
@@ -5757,50 +5798,58 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">                </w:t>
       </w:r>
       <w:r w:rsidRPr="00036287">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>DATE DE LA DEMANDE</w:t>
       </w:r>
       <w:r w:rsidRPr="00036287">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t> :</w:t>
       </w:r>
+      <w:r w:rsidR="001A0264">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ………………………………….</w:t>
+      </w:r>
     </w:p>
     <w:p w:rsidR="00B273C5" w:rsidRPr="003F6D81" w:rsidRDefault="00B273C5" w:rsidP="00BA48C5">
       <w:pPr>
         <w:pStyle w:val="Corpsdetexte"/>
         <w:pBdr>
           <w:bottom w:val="single" w:sz="6" w:space="1" w:color="auto"/>
         </w:pBdr>
         <w:ind w:left="0" w:right="1743"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
         </w:rPr>
         <w:t xml:space="preserve">                                                                                          </w:t>
       </w:r>
       <w:r w:rsidRPr="003F6D81">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">Numéro d’arrêté de prolongation/modification :   </w:t>
       </w:r>
@@ -5810,50 +5859,51 @@
         </w:rPr>
         <w:t xml:space="preserve">AR </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00B273C5" w:rsidRPr="002049AE" w:rsidRDefault="00B273C5" w:rsidP="00822A48">
       <w:pPr>
         <w:pStyle w:val="Corpsdetexte"/>
         <w:ind w:left="0" w:right="1743"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:spacing w:val="-1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00041FE9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:spacing w:val="-1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>A compléter par le demandeur</w:t>
       </w:r>
       <w:r w:rsidRPr="00041FE9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:spacing w:val="-1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t> :</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:spacing w:val="-1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">                                     </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00B273C5" w:rsidRDefault="00B273C5" w:rsidP="000665ED">
       <w:pPr>
@@ -6871,67 +6921,51 @@
               <w:ind w:hanging="259"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006059A5">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
               <w:t>Autres</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
               <w:t> :</w:t>
             </w:r>
             <w:r w:rsidRPr="006059A5">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
-              <w:t> ……………………</w:t>
-[...15 lines deleted...]
-              <w:t>.</w:t>
+              <w:t> …………………………..</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00B273C5" w:rsidRDefault="00B273C5" w:rsidP="00186762">
             <w:pPr>
               <w:spacing w:line="252" w:lineRule="exact"/>
               <w:ind w:left="110"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00657956">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:spacing w:val="-1"/>
               </w:rPr>
               <w:t>Nom</w:t>
             </w:r>
             <w:r w:rsidRPr="00657956">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:spacing w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00657956">
@@ -7634,110 +7668,123 @@
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w:rsidR="00B273C5" w:rsidRPr="00E8054F" w:rsidRDefault="00B273C5" w:rsidP="00906C7B">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="right" w:pos="15398"/>
         </w:tabs>
         <w:spacing w:before="5"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Arial" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Arial" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:tab/>
-        <w:t>MAJ : 24/12/2024</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="005672A4" w:rsidRDefault="00B273C5" w:rsidP="00822A48">
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00427456" w:rsidRDefault="00427456" w:rsidP="00822A48">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="15398"/>
+        </w:tabs>
+        <w:spacing w:before="5"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Arial" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005672A4" w:rsidRDefault="001A0264" w:rsidP="00822A48">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="right" w:pos="15398"/>
         </w:tabs>
         <w:spacing w:before="5"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Arial" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:sectPr w:rsidR="005672A4" w:rsidSect="005672A4">
           <w:pgSz w:w="16838" w:h="11906" w:orient="landscape"/>
           <w:pgMar w:top="720" w:right="720" w:bottom="720" w:left="720" w:header="708" w:footer="708" w:gutter="0"/>
           <w:cols w:space="708"/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
-      <w:r w:rsidRPr="0021549F">
+      <w:r w:rsidRPr="001A0264">
         <w:rPr>
           <w:noProof/>
+          <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
-            <wp:extent cx="10106025" cy="6181725"/>
-[...1 lines deleted...]
-            <wp:docPr id="13" name="Image 13"/>
+            <wp:extent cx="9777730" cy="5547544"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:docPr id="8" name="Image 8"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 8"/>
+                    <pic:cNvPr id="0" name="Picture 1"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId15">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="10108355" cy="6183150"/>
+                      <a:ext cx="9777730" cy="5547544"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p w:rsidR="00916098" w:rsidRDefault="00916098" w:rsidP="00916098"/>
     <w:p w:rsidR="00916098" w:rsidRDefault="00916098" w:rsidP="00916098"/>
     <w:p w:rsidR="00916098" w:rsidRDefault="00916098" w:rsidP="00916098"/>
     <w:p w:rsidR="00916098" w:rsidRDefault="00916098" w:rsidP="00916098"/>
     <w:p w:rsidR="00916098" w:rsidRDefault="00916098" w:rsidP="00916098"/>
     <w:p w:rsidR="00916098" w:rsidRDefault="00916098">
       <w:pPr>
         <w:widowControl/>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
@@ -8984,61 +9031,59 @@
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00196840">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>du</w:t>
       </w:r>
       <w:r w:rsidRPr="00196840">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00196840">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>14</w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00196840">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:spacing w:val="-1"/>
           <w:position w:val="10"/>
           <w:sz w:val="14"/>
         </w:rPr>
         <w:t>ème</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00196840">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:spacing w:val="20"/>
           <w:position w:val="10"/>
           <w:sz w:val="14"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00196840">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>arrondissement</w:t>
       </w:r>
       <w:r w:rsidRPr="00196840">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:spacing w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00196840">
         <w:rPr>
@@ -9578,78 +9623,58 @@
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00196840">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="14"/>
               </w:rPr>
               <w:t>*1</w:t>
             </w:r>
             <w:r w:rsidRPr="00196840">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="14"/>
               </w:rPr>
               <w:t xml:space="preserve"> :</w:t>
             </w:r>
             <w:r w:rsidRPr="00196840">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:spacing w:val="-3"/>
                 <w:sz w:val="14"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00196840">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:spacing w:val="-1"/>
                 <w:sz w:val="14"/>
               </w:rPr>
-              <w:t>Arrêtés</w:t>
-[...19 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>Arrêtés pris</w:t>
+            </w:r>
             <w:r w:rsidRPr="00196840">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="14"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00196840">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="14"/>
               </w:rPr>
               <w:t>par</w:t>
             </w:r>
             <w:r w:rsidRPr="00196840">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:spacing w:val="-3"/>
                 <w:sz w:val="14"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00196840">
               <w:rPr>
@@ -9796,111 +9821,97 @@
               <w:t xml:space="preserve">  *2</w:t>
             </w:r>
             <w:r w:rsidRPr="00196840">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:spacing w:val="-1"/>
                 <w:sz w:val="14"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00196840">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="14"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
             <w:r w:rsidRPr="00196840">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:spacing w:val="-4"/>
                 <w:sz w:val="14"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00196840">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:spacing w:val="-1"/>
                 <w:sz w:val="14"/>
               </w:rPr>
               <w:t>Demande</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00196840">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="14"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00196840">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:spacing w:val="-1"/>
                 <w:sz w:val="14"/>
               </w:rPr>
-              <w:t>auprès</w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t xml:space="preserve">auprès </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00196840">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve">de </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00196840">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve">la </w:t>
+            </w:r>
             <w:r w:rsidRPr="00196840">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:spacing w:val="-1"/>
                 <w:sz w:val="14"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...22 lines deleted...]
-              </w:rPr>
               <w:t>Mairie</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00196840">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="14"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00196840">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:spacing w:val="1"/>
                 <w:sz w:val="14"/>
               </w:rPr>
               <w:t>du</w:t>
             </w:r>
             <w:r w:rsidRPr="00196840">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:spacing w:val="-4"/>
                 <w:sz w:val="14"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00196840">
@@ -11018,51 +11029,51 @@
                                 <w:i/>
                                 <w:spacing w:val="-1"/>
                               </w:rPr>
                               <w:t>La tarification applicable à la demande est celle exécutoire à la date de la demande</w:t>
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:i/>
                                 <w:spacing w:val="-1"/>
                               </w:rPr>
                               <w:t>)</w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:inline>
             </w:drawing>
           </mc:Choice>
-          <mc:Fallback>
+          <mc:Fallback xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex">
             <w:pict>
               <v:shapetype w14:anchorId="51EE4CE0" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
                 <v:stroke joinstyle="miter"/>
                 <v:path gradientshapeok="t" o:connecttype="rect"/>
               </v:shapetype>
               <v:shape id="Text Box 2" o:spid="_x0000_s1026" type="#_x0000_t202" style="width:519.75pt;height:36.85pt;visibility:visible;mso-wrap-style:square;mso-left-percent:-10001;mso-top-percent:-10001;mso-position-horizontal:absolute;mso-position-horizontal-relative:char;mso-position-vertical:absolute;mso-position-vertical-relative:line;mso-left-percent:-10001;mso-top-percent:-10001;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAkm8iSgwIAAAwFAAAOAAAAZHJzL2Uyb0RvYy54bWysVF1v2yAUfZ+0/4B4T22nTppadaouTqZJ&#10;3YfU7gdgwDEaBgYkTjftv++C4zRdX6ZpfsDX5nI4594DN7eHTqI9t05oVeLsIsWIK6qZUNsSf33c&#10;TBYYOU8UI1IrXuIn7vDt8u2bm94UfKpbLRm3CECUK3pT4tZ7UySJoy3viLvQhiuYbLTtiIdPu02Y&#10;JT2gdzKZpuk86bVlxmrKnYO/1TCJlxG/aTj1n5vGcY9kiYGbj6ONYx3GZHlDiq0lphX0SIP8A4uO&#10;CAWbnqAq4gnaWfEKqhPUaqcbf0F1l+imEZRHDaAmS/9Q89ASw6MWKI4zpzK5/wdLP+2/WCRYifMc&#10;I0U66NEjP3j0Th/QNJSnN66ArAcDef4Av6HNUaoz95p+c0jpVUvUlt9Zq/uWEwb0srAyOVs64LgA&#10;UvcfNYNtyM7rCHRobBdqB9VAgA5tejq1JlCh8HM+T9PFdIYRhbl8frW4jOQSUoyrjXX+PdcdCkGJ&#10;LbQ+opP9vfOBDSnGlLCZ0hshZWy/VKgHytezGZiVdgaKwWo5aNRSsJAYlji7rVfSoj0JZopPlAkz&#10;52md8GBpKboSL05JpAiVWSsWd/REyCEGVlIFcBAKPI/RYJ2f1+n1erFe5JN8Ol9P8rSqJnebVT6Z&#10;b7KrWXVZrVZV9ivwzPKiFYxxFaiONs7yv7PJ8UANBjwZ+YWkF8o38XmtPHlJI1YcVI3vqC5aIrhg&#10;8IM/1AcoSPBJrdkTmMNq6B04AK4UCFptf2DUw/Essfu+I5ZjJD8oMFg4y2Ngx6AeA6IoLC2xx2gI&#10;V3448ztjxbYF5MHCSt+BCRsR/fHM4mhdOHKR/PF6CGf6/DtmPV9iy98AAAD//wMAUEsDBBQABgAI&#10;AAAAIQAb+9CM3AAAAAUBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/NasMwEITvhb6D2EIvJZHbkDhx&#10;LYdS6KWBhvxAr4q1tU2llZE2ifv2VXpJLwvDDDPflsvBWXHCEDtPCh7HGQik2puOGgX73dtoDiKy&#10;JqOtJ1TwgxGW1e1NqQvjz7TB05YbkUooFlpBy9wXUsa6Rafj2PdIyfvywWlOMjTSBH1O5c7Kpyyb&#10;Sac7Sgut7vG1xfp7e3QKFu7Bfwa3nr67fL2yPMfdij+Uur8bXp5BMA58DcMFP6FDlZgO/kgmCqsg&#10;PcJ/9+Jlk8UUxEFBPslBVqX8T1/9AgAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAAT&#10;AAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/W&#10;AAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhACSbyJKD&#10;AgAADAUAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhABv7&#10;0IzcAAAABQEAAA8AAAAAAAAAAAAAAAAA3QQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMA&#10;AADmBQAAAAA=&#10;" filled="f" strokeweight="1.54pt">
                 <v:stroke linestyle="thinThin"/>
                 <v:textbox inset="0,0,0,0">
                   <w:txbxContent>
                     <w:p w:rsidR="00871BFE" w:rsidRDefault="00871BFE" w:rsidP="0045493F">
                       <w:pPr>
                         <w:spacing w:before="18"/>
                         <w:ind w:left="306"/>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:i/>
                           <w:spacing w:val="-1"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r w:rsidRPr="00657956">
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:b/>
                           <w:bCs/>
@@ -13057,50 +13068,51 @@
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00237B86" w:rsidRPr="0045493F" w:rsidRDefault="00237B86" w:rsidP="00237B86">
             <w:pPr>
               <w:spacing w:before="5"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0045493F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>M² / JOUR</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00237B86" w:rsidRPr="0045493F" w:rsidRDefault="00237B86" w:rsidP="00237B86">
             <w:pPr>
               <w:spacing w:before="5"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0045493F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>2</w:t>
@@ -14249,51 +14261,51 @@
                               </w:rPr>
                               <w:t>https://www.ville-montrouge.fr/679-plan-de-stationnement.htm</w:t>
                             </w:r>
                           </w:p>
                           <w:p w:rsidR="009922EA" w:rsidRPr="00657956" w:rsidRDefault="009922EA" w:rsidP="009922EA">
                             <w:pPr>
                               <w:spacing w:before="18"/>
                               <w:ind w:left="306"/>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                               </w:rPr>
                             </w:pPr>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:inline>
             </w:drawing>
           </mc:Choice>
-          <mc:Fallback>
+          <mc:Fallback xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex">
             <w:pict>
               <v:shape w14:anchorId="190D0097" id="_x0000_s1027" type="#_x0000_t202" style="width:511.5pt;height:66.75pt;visibility:visible;mso-wrap-style:square;mso-left-percent:-10001;mso-top-percent:-10001;mso-position-horizontal:absolute;mso-position-horizontal-relative:char;mso-position-vertical:absolute;mso-position-vertical-relative:line;mso-left-percent:-10001;mso-top-percent:-10001;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCAoH08gwIAABQFAAAOAAAAZHJzL2Uyb0RvYy54bWysVF1v2yAUfZ+0/4B4T21nTppYdaouTqZJ&#10;3YfU7gdgwDEaBgYkTlftv++C47RdX6ZpfrCv4XI4594DV9fHTqIDt05oVeLsIsWIK6qZULsSf7vf&#10;ThYYOU8UI1IrXuIH7vD16u2bq94UfKpbLRm3CECUK3pT4tZ7UySJoy3viLvQhiuYbLTtiIdfu0uY&#10;JT2gdzKZpuk86bVlxmrKnYPRapjEq4jfNJz6L03juEeyxMDNx7eN7zq8k9UVKXaWmFbQEw3yDyw6&#10;IhRseoaqiCdob8UrqE5Qq51u/AXVXaKbRlAeNYCaLP1DzV1LDI9aoDjOnMvk/h8s/Xz4apFg0Lvp&#10;DCNFOmjSPT969F4f0TTUpzeugLQ7A4n+CMOQG7U6c6vpd4eUXrdE7fiNtbpvOWHALwsrk2dLBxwX&#10;QOr+k2awDdl7HYGOje1C8aAcCNChTw/n3gQqFAbn+XKezmCKwtwiv7wEumELUoyrjXX+A9cdCkGJ&#10;LfQ+opPDrfND6pgSNlN6K6SEcVJIhXqgvJzNwK20M1ANVstBo5aChcSQ5+yuXkuLDiS4KT4nDu55&#10;Wic8eFqKDoiek0gRKrNRLO7oiZBDDAKkCuAgFHieosE7j8t0uVlsFvkkn843kzytqsnNdp1P5tvs&#10;cla9q9brKvsVeGZ50QrGuApURx9n+d/55HSiBgeenfxC0gvl2/i8Vp68pBGbA6rGb1QXLRFcMPjB&#10;H+vj4L4AF+xSa/YAHrEaWgjdhqsFglbbnxj1cExL7H7sieUYyY8KfBbO9BjYMajHgCgKS0vsMRrC&#10;tR/O/t5YsWsBeXCy0jfgxUZEmzyxODkYjl7UcLomwtl+/h+zni6z1W8AAAD//wMAUEsDBBQABgAI&#10;AAAAIQB9SvHD2wAAAAYBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9BS8NAEIXvgv9hGcGLtBsbqjVm&#10;U0TwYsFiW/C6zY5JcHc2ZKdt/PdOvehlmMcb3nyvXI7BqyMOqYtk4HaagUKqo+uoMbDbvkwWoBJb&#10;ctZHQgPfmGBZXV6UtnDxRO943HCjJIRSYQ20zH2hdapbDDZNY48k3mccgmWRQ6PdYE8SHryeZdmd&#10;DrYj+dDaHp9brL82h2DgIdzEjyGs56/hfr3yvMDtit+Mub4anx5BMY78dwxnfEGHSpj28UAuKW9A&#10;ivDvPHvZLBe9ly3P56CrUv/Hr34AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMA&#10;AAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YA&#10;AACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAgKB9PIMC&#10;AAAUBQAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAfUrx&#10;w9sAAAAGAQAADwAAAAAAAAAAAAAAAADdBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAA&#10;AOUFAAAAAA==&#10;" filled="f" strokeweight="1.54pt">
                 <v:stroke linestyle="thinThin"/>
                 <v:textbox inset="0,0,0,0">
                   <w:txbxContent>
                     <w:p w:rsidR="009922EA" w:rsidRDefault="009922EA" w:rsidP="009922EA">
                       <w:pPr>
                         <w:spacing w:before="18"/>
                         <w:ind w:left="306"/>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:b/>
                           <w:bCs/>
                         </w:rPr>
                       </w:pPr>
                       <w:r w:rsidRPr="00657956">
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:b/>
                           <w:bCs/>
                           <w:spacing w:val="-1"/>
                         </w:rPr>
                         <w:t>ANNEXE</w:t>
                       </w:r>
@@ -14417,50 +14429,51 @@
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:spacing w:val="1"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00871BFE" w:rsidRPr="00196840" w:rsidRDefault="00871BFE" w:rsidP="00871BFE"/>
     <w:p w:rsidR="00871BFE" w:rsidRPr="00196840" w:rsidRDefault="00871BFE" w:rsidP="00871BFE"/>
     <w:p w:rsidR="00871BFE" w:rsidRPr="00196840" w:rsidRDefault="00871BFE" w:rsidP="00871BFE"/>
     <w:p w:rsidR="00871BFE" w:rsidRPr="00196840" w:rsidRDefault="00871BFE" w:rsidP="00871BFE">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:noProof/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00196840">
         <w:rPr>
           <w:noProof/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="49AF89CE" wp14:editId="6E467BCD">
             <wp:extent cx="6597650" cy="4872712"/>
             <wp:effectExtent l="0" t="0" r="0" b="4445"/>
             <wp:docPr id="126" name="Image 126"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 1"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId19">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
@@ -14844,51 +14857,51 @@
                                 <w:b/>
                                 <w:bCs/>
                               </w:rPr>
                               <w:t xml:space="preserve">– </w:t>
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:b/>
                                 <w:bCs/>
                               </w:rPr>
                               <w:t>NOTICE EXPLICATIVE - EXEMPLES D’EMPRISES DE CHANTIER</w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:inline>
             </w:drawing>
           </mc:Choice>
-          <mc:Fallback>
+          <mc:Fallback xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex">
             <w:pict>
               <v:shape w14:anchorId="6B3C1ECC" id="_x0000_s1028" type="#_x0000_t202" style="width:505.55pt;height:16.2pt;visibility:visible;mso-wrap-style:square;mso-left-percent:-10001;mso-top-percent:-10001;mso-position-horizontal:absolute;mso-position-horizontal-relative:char;mso-position-vertical:absolute;mso-position-vertical-relative:line;mso-left-percent:-10001;mso-top-percent:-10001;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBd0izsgwIAABIFAAAOAAAAZHJzL2Uyb0RvYy54bWysVF1v2yAUfZ+0/4B4T21nTppYdaouTqZJ&#10;3YfU7gdgwDEaBgYkTjftv++C4yxdX6ZpfsDX+HI4594DN7fHTqIDt05oVeLsKsWIK6qZULsSf3nc&#10;ThYYOU8UI1IrXuIn7vDt6vWrm94UfKpbLRm3CECUK3pT4tZ7UySJoy3viLvShiv42WjbEQ+fdpcw&#10;S3pA72QyTdN50mvLjNWUOwez1fATryJ+03DqPzWN4x7JEgM3H0cbxzqMyeqGFDtLTCvoiQb5BxYd&#10;EQo2PUNVxBO0t+IFVCeo1U43/orqLtFNIyiPGkBNlv6h5qElhkctUBxnzmVy/w+Wfjx8tkgw6B1G&#10;inTQokd+9OitPqJpqE5vXAFJDwbS/BGmQ2ZQ6sy9pl8dUnrdErXjd9bqvuWEAbssrEwulg44LoDU&#10;/QfNYBuy9zoCHRvbBUAoBgJ06NLTuTOBCoXJeT5N88UMIwr/punsOo+tS0gxrjbW+XdcdygEJbbQ&#10;+YhODvfOBzakGFPCZkpvhZSx+1KhHigvZzPwKu0M1ILVctCopWAhMQq2u3otLTqQ4KX4RJlQisu0&#10;TnhwtBRdiRfnJFKEymwUizt6IuQQAyupAjgIBZ6naHDOj2W63Cw2i3yST+ebSZ5W1eRuu84n8212&#10;PaveVOt1lf0MPLO8aAVjXAWqo4uz/O9ccjpPg//OPn4myV0q38bnpfLkOY1YcVA1vqO6aInggsEP&#10;/lgfo/fOTqs1ewKPWA0tBCPAxQJBq+13jHo4pCV23/bEcozkewU+Cyd6DOwY1GNAFIWlJfYYDeHa&#10;Dyd/b6zYtYA8OFnpO/BiI6JNgmkHFicHw8GLGk6XRDjZl98x6/dVtvoFAAD//wMAUEsDBBQABgAI&#10;AAAAIQCqc/ny3AAAAAUBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9PSwMxEMXvQr9DmIIXsdmt1tZ1&#10;s0UELxYs/QNe0824u5hMlmTart/e1IteBh7v8d5vyuXgrDhhiJ0nBfkkA4FUe9NRo2C/e71dgIis&#10;yWjrCRV8Y4RlNboqdWH8mTZ42nIjUgnFQitomftCyli36HSc+B4peZ8+OM1JhkaaoM+p3Fk5zbIH&#10;6XRHaaHVPb60WH9tj07Bo7vxH8GtZ29uvl5ZXuBuxe9KXY+H5ycQjAP/heGCn9ChSkwHfyQThVWQ&#10;HuHfe/GyPM9BHBTcTe9BVqX8T1/9AAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAAT&#10;AAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/W&#10;AAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAF3SLOyD&#10;AgAAEgUAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAKpz&#10;+fLcAAAABQEAAA8AAAAAAAAAAAAAAAAA3QQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMA&#10;AADmBQAAAAA=&#10;" filled="f" strokeweight="1.54pt">
                 <v:stroke linestyle="thinThin"/>
                 <v:textbox inset="0,0,0,0">
                   <w:txbxContent>
                     <w:p w:rsidR="00871BFE" w:rsidRPr="00657956" w:rsidRDefault="00871BFE" w:rsidP="00871BFE">
                       <w:pPr>
                         <w:spacing w:before="18"/>
                         <w:ind w:left="306"/>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r w:rsidRPr="00657956">
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:b/>
                           <w:bCs/>
                           <w:spacing w:val="-1"/>
                         </w:rPr>
                         <w:t>ANNEXE</w:t>
                       </w:r>
                       <w:r>
                         <w:rPr>
@@ -15120,50 +15133,51 @@
           <w:tab w:val="left" w:pos="2025"/>
         </w:tabs>
         <w:rPr>
           <w:b/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00763668" w:rsidRPr="00196840" w:rsidRDefault="00763668" w:rsidP="00763668">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="2025"/>
         </w:tabs>
         <w:rPr>
           <w:b/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:noProof/>
           <w:u w:val="single"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="7BA0EF8F" wp14:editId="68132846">
             <wp:extent cx="6645910" cy="3884295"/>
             <wp:effectExtent l="0" t="0" r="2540" b="1905"/>
             <wp:docPr id="6" name="Image 6"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="6" name="Emprise de chantier.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId21">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:stretch>
                       <a:fillRect/>
@@ -16295,50 +16309,51 @@
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p w:rsidR="00871BFE" w:rsidRPr="00A73A24" w:rsidRDefault="00871BFE" w:rsidP="00871BFE">
       <w:pPr>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00871BFE" w:rsidRPr="00110E71" w:rsidRDefault="00871BFE" w:rsidP="00871BFE">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00110E71">
         <w:rPr>
           <w:b/>
           <w:u w:val="single"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Droit de voirie correspondant</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00871BFE" w:rsidRPr="00A73A24" w:rsidRDefault="00871BFE" w:rsidP="00871BFE">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00871BFE" w:rsidRPr="00183BB0" w:rsidRDefault="00871BFE" w:rsidP="00871BFE">
       <w:r w:rsidRPr="00A73A24">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Neutralisation du cheminement piéton sur trottoir :</w:t>
       </w:r>
       <w:r w:rsidR="000B3843">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00852FCC">
@@ -16624,51 +16639,50 @@
     <w:p w:rsidR="00763668" w:rsidRDefault="00763668" w:rsidP="00871BFE">
       <w:pPr>
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00763668" w:rsidRDefault="00763668" w:rsidP="00871BFE">
       <w:pPr>
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00871BFE" w:rsidRDefault="001B769A" w:rsidP="001B769A">
       <w:pPr>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>ANNEXE 5 - SUITE</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00871BFE" w:rsidRDefault="00871BFE" w:rsidP="00871BFE">
       <w:pPr>
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00871BFE" w:rsidRDefault="00871BFE" w:rsidP="00871BFE">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00871BFE" w:rsidRDefault="00871BFE" w:rsidP="00871BFE">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:u w:val="single"/>
@@ -16755,50 +16769,51 @@
           <w:b/>
         </w:rPr>
         <w:t>Neutralisation du cheminement piéton sur trottoir :</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="007649DA">
         <w:t xml:space="preserve">Oui </w:t>
       </w:r>
       <w:r w:rsidR="0090226E">
         <w:t>(Déviation</w:t>
       </w:r>
       <w:r w:rsidR="007649DA">
         <w:t xml:space="preserve"> du cheminement piéton sur le trottoir opposé pour éviter la circulation des piétons sous le bras de l’engin de levage)</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00871BFE" w:rsidRPr="0096164B" w:rsidRDefault="00871BFE" w:rsidP="00871BFE">
       <w:r w:rsidRPr="00A73A24">
         <w:rPr>
           <w:b/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Place de stationnement occupée :</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="0090226E">
         <w:t>3</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> places en zone rouge  en considérant que l’on neutralise le stationnement </w:t>
       </w:r>
       <w:r w:rsidR="00AA1FF5">
         <w:t>au droit de l’intervention par sécurité</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00871BFE" w:rsidRDefault="00871BFE" w:rsidP="00871BFE">
       <w:r w:rsidRPr="00A73A24">
         <w:rPr>
           <w:b/>
@@ -17142,162 +17157,164 @@
     <w:p w:rsidR="00763668" w:rsidRDefault="00763668" w:rsidP="00871BFE">
       <w:pPr>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00763668" w:rsidRPr="00183BB0" w:rsidRDefault="00763668" w:rsidP="00871BFE">
       <w:pPr>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00A06C73" w:rsidRDefault="00871BFE" w:rsidP="00240A5A">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00183BB0">
         <w:rPr>
           <w:b/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Total droit de voirie : </w:t>
       </w:r>
       <w:r w:rsidR="00063CB8">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="003C5450">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>2 032,71</w:t>
       </w:r>
       <w:r w:rsidR="00503851" w:rsidRPr="00183BB0">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00183BB0">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>€</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00A06C73" w:rsidSect="005672A4">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="720" w:right="720" w:bottom="720" w:left="720" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00F448BC" w:rsidRDefault="00F448BC" w:rsidP="00996C91">
+    <w:p w:rsidR="00B35A52" w:rsidRDefault="00B35A52" w:rsidP="00996C91">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00F448BC" w:rsidRDefault="00F448BC" w:rsidP="00996C91">
+    <w:p w:rsidR="00B35A52" w:rsidRDefault="00B35A52" w:rsidP="00996C91">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
+    <w:notTrueType/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial Narrow">
     <w:panose1 w:val="020B0606020202030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000800" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="A0002AEF" w:usb1="4000207B" w:usb2="00000000" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:p w:rsidR="00996C91" w:rsidRDefault="00996C91">
     <w:pPr>
       <w:pStyle w:val="Pieddepage"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:lang w:eastAsia="fr-FR"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wpg">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251660288" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="rightMargin">
                 <wp:align>left</wp:align>
               </wp:positionH>
               <wp:positionV relativeFrom="page">
                 <wp:align>bottom</wp:align>
               </wp:positionV>
               <wp:extent cx="73152" cy="699247"/>
               <wp:effectExtent l="0" t="0" r="22225" b="10795"/>
               <wp:wrapNone/>
               <wp:docPr id="223" name="Groupe 223"/>
               <wp:cNvGraphicFramePr>
@@ -17412,51 +17429,51 @@
                           <a:headEnd/>
                           <a:tailEnd/>
                         </a:ln>
                         <a:extLst>
                           <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                               <a:noFill/>
                             </a14:hiddenFill>
                           </a:ext>
                         </a:extLst>
                       </wps:spPr>
                       <wps:bodyPr/>
                     </wps:wsp>
                   </wpg:wgp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="page">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="bottomMargin">
                 <wp14:pctHeight>78000</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
-        <mc:Fallback>
+        <mc:Fallback xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex">
           <w:pict>
             <v:group w14:anchorId="486766C1" id="Groupe 223" o:spid="_x0000_s1026" style="position:absolute;margin-left:0;margin-top:0;width:5.75pt;height:55.05pt;z-index:251660288;mso-height-percent:780;mso-position-horizontal:left;mso-position-horizontal-relative:right-margin-area;mso-position-vertical:bottom;mso-position-vertical-relative:page;mso-height-percent:780;mso-height-relative:bottom-margin-area" coordorigin="2820,4935" coordsize="120,1320" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDwoIjj6gIAANMLAAAOAAAAZHJzL2Uyb0RvYy54bWzsVs1u2zAMvg/YOwi+p/6J82OjTjE4SS/d&#10;VqDdA6iybAuzJU9S4gTD3n2U5KRttmJDh/ay5qBIpEiRHz/ROr/YtQ3aUqmY4JkXngUeopyIgvEq&#10;877crkdzDymNeYEbwWnm7anyLhbv3533XUojUYumoBKBE67Svsu8Wusu9X1FatpidSY6ykFZCtli&#10;DUtZ+YXEPXhvGz8KgqnfC1l0UhCqFEiXTuktrP+ypER/LktFNWoyD2LTdpR2vDOjvzjHaSVxVzMy&#10;hIGfEUWLGYdDj66WWGO0kewXVy0jUihR6jMiWl+UJSPU5gDZhMFJNpdSbDqbS5X2VXeECaA9wenZ&#10;bsmn7bVErMi8KBp7iOMWimTPpchIAJ++q1LYdim7m+5auiRheiXIVwVq/1Rv1pXbjO76j6IAj3ij&#10;hcVnV8rWuIDM0c6WYX8sA91pREA4G4eTyEMENNMkieKZqxKpoZTGKJpHUErQxsl4ctCtBuPQ6Ixp&#10;OIaZiQ+n7lAb6BCYyQoIp+4xVf+G6U2NO2pLpQxYA6ZxDPR3mK6BwhQZHIDJ7NsG4HXg2v05d8iS&#10;HR+QRVzkNeYVtZ5v9x2gGNp8TORwhDMxCwVl+SPSvwHtgPdTgOG0k0pfUtEiM8k8pSVmVa1zwTnc&#10;LCFDW1O8vVLaIX0wMCXmYs2aBuQ4bTjqIfzJfDaxFko0rDBao7R3neaNRFsMtxQTQrme2n3NpgX+&#10;OPk0gJ+rNogNFez2+CCGOh892ao/OgRuEi9sLDXFxWqYa8waNwfrhptoABTIZpi5K/w9CZLVfDWP&#10;R3E0XY3iYLkcfVjn8Wi6DmeT5XiZ58vwhwk4jNOaFQXlJrdDOwnjv6PW0NhcIzg2lCOK/mPvNkUI&#10;9vBvgwaKOzo4ft+JYn8tTWUGtr8a7ZOnaT/0lAccxulL0n5+2iveaP9G+5fp9hOg2lPdPn7dbp/E&#10;b7Q3Tfz/7vb2yQMvR/uRGF655mn6cG2/Dvdv8cVPAAAA//8DAFBLAwQUAAYACAAAACEA1aq9/9wA&#10;AAAEAQAADwAAAGRycy9kb3ducmV2LnhtbEyPzU7DMBCE70h9B2srcUHUCYIKhThVxc+BXmhLLty2&#10;8TaJiNdR7LamT4/DhV52tJrVzLf5IphOHGlwrWUF6SwBQVxZ3XKtoPx8u30E4Tyyxs4yKfghB4ti&#10;cpVjpu2JN3Tc+lrEEHYZKmi87zMpXdWQQTezPXH09nYw6OM61FIPeIrhppN3STKXBluODQ329NxQ&#10;9b09GAXr1ev7/ctmeS5DuQr7mw+NX2ev1PU0LJ9AeAr+/xhG/IgORWTa2QNrJzoF8RH/N0cvfQCx&#10;GzVJQRa5vIQvfgEAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAA&#10;AAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAA&#10;AAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQDwoIjj6gIAANMLAAAOAAAA&#10;AAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQDVqr3/3AAAAAQBAAAP&#10;AAAAAAAAAAAAAAAAAEQFAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAATQYAAAAA&#10;">
               <v:shapetype id="_x0000_t32" coordsize="21600,21600" o:spt="32" o:oned="t" path="m,l21600,21600e" filled="f">
                 <v:path arrowok="t" fillok="f" o:connecttype="none"/>
                 <o:lock v:ext="edit" shapetype="t"/>
               </v:shapetype>
               <v:shape id="Forme automatique 2" o:spid="_x0000_s1027" type="#_x0000_t32" style="position:absolute;left:2820;top:4935;width:0;height:1320;visibility:visible;mso-wrap-style:square" o:connectortype="straight" o:gfxdata="UEsDBBQABgAIAAAAIQD+JeulAAEAAOoBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRzU7EIBDH&#10;7ya+A+FqWqoHY0zpHqwe1Zj1AQhMW2I7EAbr7ts73e5ejGviEeb/8RuoN7tpFDMk8gG1vC4rKQBt&#10;cB57Ld+3T8WdFJQNOjMGBC33QHLTXF7U230EEuxG0nLIOd4rRXaAyVAZIiBPupAmk/mYehWN/TA9&#10;qJuqulU2YAbMRV4yZFO30JnPMYvHHV+vJAlGkuJhFS5dWpoYR29NZlI1o/vRUhwbSnYeNDT4SFeM&#10;IdWvDcvkfMHR98JPk7wD8WpSfjYTYyiXaNkAweaQWFf+nbSgTlSErvMWyjYRL7V6T3DnSlz4wgTz&#10;f/Nbtr3BfEpXh59qvgEAAP//AwBQSwMEFAAGAAgAAAAhAJYFM1jUAAAAlwEAAAsAAABfcmVscy8u&#10;cmVsc6SQPWsDMQyG90L/g9He8yVDKSW+bIWsIYWuxtZ9kLNkJHNN/n1MoaVXsnWUXvQ8L9rtL2k2&#10;C4pOTA42TQsGKXCcaHDwfnp7egGjxVP0MxM6uKLCvnt82B1x9qUe6ThlNZVC6mAsJb9aq2HE5LXh&#10;jFSTniX5UkcZbPbh7Ae027Z9tvKbAd2KaQ7RgRziFszpmqv5DztNQVi5L03gZLnvp3CPaiN/0hGX&#10;SvEyYHEQRb+WgktTy4G979380xuYCENh+aiOlfwnqfbvBnb1zu4GAAD//wMAUEsDBBQABgAIAAAA&#10;IQAzLwWeQQAAADkAAAAUAAAAZHJzL2Nvbm5lY3RvcnhtbC54bWyysa/IzVEoSy0qzszPs1Uy1DNQ&#10;UkjNS85PycxLt1UKDXHTtVBSKC5JzEtJzMnPS7VVqkwtVrK34+UCAAAA//8DAFBLAwQUAAYACAAA&#10;ACEAbNLe1sIAAADcAAAADwAAAGRycy9kb3ducmV2LnhtbERPTWvCMBi+D/wP4RW8zbQiY3ZGGUrF&#10;ixt+HDy+NO/asuRNSaKt/94cBjs+PN/L9WCNuJMPrWMF+TQDQVw53XKt4HIuX99BhIis0TgmBQ8K&#10;sF6NXpZYaNfzke6nWIsUwqFABU2MXSFlqBqyGKauI07cj/MWY4K+ltpjn8KtkbMse5MWW04NDXa0&#10;aaj6Pd2sAv9V6mtu7P62++5Nvphty93hrNRkPHx+gIg0xH/xn3uvFcznaW06k46AXD0BAAD//wMA&#10;UEsBAi0AFAAGAAgAAAAhAP4l66UAAQAA6gEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5&#10;cGVzXS54bWxQSwECLQAUAAYACAAAACEAlgUzWNQAAACXAQAACwAAAAAAAAAAAAAAAAAxAQAAX3Jl&#10;bHMvLnJlbHNQSwECLQAUAAYACAAAACEAMy8FnkEAAAA5AAAAFAAAAAAAAAAAAAAAAAAuAgAAZHJz&#10;L2Nvbm5lY3RvcnhtbC54bWxQSwECLQAUAAYACAAAACEAbNLe1sIAAADcAAAADwAAAAAAAAAAAAAA&#10;AAChAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA+QAAAJADAAAAAA==&#10;" strokecolor="#a8d08d [1945]" strokeweight="1.25pt"/>
               <v:shape id="Forme automatique 3" o:spid="_x0000_s1028" type="#_x0000_t32" style="position:absolute;left:2880;top:4935;width:0;height:1320;visibility:visible;mso-wrap-style:square" o:connectortype="straight" o:gfxdata="UEsDBBQABgAIAAAAIQD+JeulAAEAAOoBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRzU7EIBDH&#10;7ya+A+FqWqoHY0zpHqwe1Zj1AQhMW2I7EAbr7ts73e5ejGviEeb/8RuoN7tpFDMk8gG1vC4rKQBt&#10;cB57Ld+3T8WdFJQNOjMGBC33QHLTXF7U230EEuxG0nLIOd4rRXaAyVAZIiBPupAmk/mYehWN/TA9&#10;qJuqulU2YAbMRV4yZFO30JnPMYvHHV+vJAlGkuJhFS5dWpoYR29NZlI1o/vRUhwbSnYeNDT4SFeM&#10;IdWvDcvkfMHR98JPk7wD8WpSfjYTYyiXaNkAweaQWFf+nbSgTlSErvMWyjYRL7V6T3DnSlz4wgTz&#10;f/Nbtr3BfEpXh59qvgEAAP//AwBQSwMEFAAGAAgAAAAhAJYFM1jUAAAAlwEAAAsAAABfcmVscy8u&#10;cmVsc6SQPWsDMQyG90L/g9He8yVDKSW+bIWsIYWuxtZ9kLNkJHNN/n1MoaVXsnWUXvQ8L9rtL2k2&#10;C4pOTA42TQsGKXCcaHDwfnp7egGjxVP0MxM6uKLCvnt82B1x9qUe6ThlNZVC6mAsJb9aq2HE5LXh&#10;jFSTniX5UkcZbPbh7Ae027Z9tvKbAd2KaQ7RgRziFszpmqv5DztNQVi5L03gZLnvp3CPaiN/0hGX&#10;SvEyYHEQRb+WgktTy4G979380xuYCENh+aiOlfwnqfbvBnb1zu4GAAD//wMAUEsDBBQABgAIAAAA&#10;IQAzLwWeQQAAADkAAAAUAAAAZHJzL2Nvbm5lY3RvcnhtbC54bWyysa/IzVEoSy0qzszPs1Uy1DNQ&#10;UkjNS85PycxLt1UKDXHTtVBSKC5JzEtJzMnPS7VVqkwtVrK34+UCAAAA//8DAFBLAwQUAAYACAAA&#10;ACEAA557TcUAAADcAAAADwAAAGRycy9kb3ducmV2LnhtbESPQWsCMRSE70L/Q3iF3jS7IqJbo5SW&#10;FS8q1R56fGyeu4vJy5JEd/vvG6HQ4zAz3zCrzWCNuJMPrWMF+SQDQVw53XKt4OtcjhcgQkTWaByT&#10;gh8KsFk/jVZYaNfzJ91PsRYJwqFABU2MXSFlqBqyGCauI07exXmLMUlfS+2xT3Br5DTL5tJiy2mh&#10;wY7eG6qup5tV4A+l/s6N3d22x97ky+lHud2flXp5Ht5eQUQa4n/4r73TCmazJTzOpCMg178AAAD/&#10;/wMAUEsBAi0AFAAGAAgAAAAhAP4l66UAAQAA6gEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50&#10;X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAlgUzWNQAAACXAQAACwAAAAAAAAAAAAAAAAAxAQAA&#10;X3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAMy8FnkEAAAA5AAAAFAAAAAAAAAAAAAAAAAAuAgAA&#10;ZHJzL2Nvbm5lY3RvcnhtbC54bWxQSwECLQAUAAYACAAAACEAA557TcUAAADcAAAADwAAAAAAAAAA&#10;AAAAAAChAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA+QAAAJMDAAAAAA==&#10;" strokecolor="#a8d08d [1945]" strokeweight="1.25pt"/>
               <v:shape id="Forme automatique 4" o:spid="_x0000_s1029" type="#_x0000_t32" style="position:absolute;left:2940;top:4935;width:0;height:1320;visibility:visible;mso-wrap-style:square" o:connectortype="straight" o:gfxdata="UEsDBBQABgAIAAAAIQD+JeulAAEAAOoBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRzU7EIBDH&#10;7ya+A+FqWqoHY0zpHqwe1Zj1AQhMW2I7EAbr7ts73e5ejGviEeb/8RuoN7tpFDMk8gG1vC4rKQBt&#10;cB57Ld+3T8WdFJQNOjMGBC33QHLTXF7U230EEuxG0nLIOd4rRXaAyVAZIiBPupAmk/mYehWN/TA9&#10;qJuqulU2YAbMRV4yZFO30JnPMYvHHV+vJAlGkuJhFS5dWpoYR29NZlI1o/vRUhwbSnYeNDT4SFeM&#10;IdWvDcvkfMHR98JPk7wD8WpSfjYTYyiXaNkAweaQWFf+nbSgTlSErvMWyjYRL7V6T3DnSlz4wgTz&#10;f/Nbtr3BfEpXh59qvgEAAP//AwBQSwMEFAAGAAgAAAAhAJYFM1jUAAAAlwEAAAsAAABfcmVscy8u&#10;cmVsc6SQPWsDMQyG90L/g9He8yVDKSW+bIWsIYWuxtZ9kLNkJHNN/n1MoaVXsnWUXvQ8L9rtL2k2&#10;C4pOTA42TQsGKXCcaHDwfnp7egGjxVP0MxM6uKLCvnt82B1x9qUe6ThlNZVC6mAsJb9aq2HE5LXh&#10;jFSTniX5UkcZbPbh7Ae027Z9tvKbAd2KaQ7RgRziFszpmqv5DztNQVi5L03gZLnvp3CPaiN/0hGX&#10;SvEyYHEQRb+WgktTy4G979380xuYCENh+aiOlfwnqfbvBnb1zu4GAAD//wMAUEsDBBQABgAIAAAA&#10;IQAzLwWeQQAAADkAAAAUAAAAZHJzL2Nvbm5lY3RvcnhtbC54bWyysa/IzVEoSy0qzszPs1Uy1DNQ&#10;UkjNS85PycxLt1UKDXHTtVBSKC5JzEtJzMnPS7VVqkwtVrK34+UCAAAA//8DAFBLAwQUAAYACAAA&#10;ACEAF31EDcIAAADcAAAADwAAAGRycy9kb3ducmV2LnhtbERPz2vCMBS+D/wfwhO8zbSiQzujyEbF&#10;ixvTHXZ8NG9tMXkpSbT1vzeHwY4f3+/1drBG3MiH1rGCfJqBIK6cbrlW8H0un5cgQkTWaByTgjsF&#10;2G5GT2sstOv5i26nWIsUwqFABU2MXSFlqBqyGKauI07cr/MWY4K+ltpjn8KtkbMse5EWW04NDXb0&#10;1lB1OV2tAv9R6p/c2MN1/9mbfDV7L/fHs1KT8bB7BRFpiP/iP/dBK5gv0vx0Jh0BuXkAAAD//wMA&#10;UEsBAi0AFAAGAAgAAAAhAP4l66UAAQAA6gEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5&#10;cGVzXS54bWxQSwECLQAUAAYACAAAACEAlgUzWNQAAACXAQAACwAAAAAAAAAAAAAAAAAxAQAAX3Jl&#10;bHMvLnJlbHNQSwECLQAUAAYACAAAACEAMy8FnkEAAAA5AAAAFAAAAAAAAAAAAAAAAAAuAgAAZHJz&#10;L2Nvbm5lY3RvcnhtbC54bWxQSwECLQAUAAYACAAAACEAF31EDcIAAADcAAAADwAAAAAAAAAAAAAA&#10;AAChAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA+QAAAJADAAAAAA==&#10;" strokecolor="#a8d08d [1945]" strokeweight="1.25pt"/>
               <w10:wrap anchorx="margin" anchory="page"/>
             </v:group>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:lang w:eastAsia="fr-FR"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
               <wp:simplePos x="0" y="0"/>
@@ -17491,51 +17508,51 @@
                       <a:ln>
                         <a:noFill/>
                       </a:ln>
                       <a:extLst>
                         <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                           <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                             <a:solidFill>
                               <a:srgbClr val="FFFFFF"/>
                             </a:solidFill>
                           </a14:hiddenFill>
                         </a:ext>
                         <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                           <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
                             <a:solidFill>
                               <a:srgbClr val="000000"/>
                             </a:solidFill>
                             <a:miter lim="800000"/>
                             <a:headEnd/>
                             <a:tailEnd/>
                           </a14:hiddenLine>
                         </a:ext>
                       </a:extLst>
                     </wps:spPr>
                     <wps:txbx>
                       <w:txbxContent>
-                        <w:p w:rsidR="00996C91" w:rsidRDefault="00F448BC">
+                        <w:p w:rsidR="00996C91" w:rsidRDefault="00B35A52">
                           <w:pPr>
                             <w:jc w:val="right"/>
                             <w:rPr>
                               <w:sz w:val="16"/>
                               <w:szCs w:val="16"/>
                             </w:rPr>
                           </w:pPr>
                           <w:sdt>
                             <w:sdtPr>
                               <w:rPr>
                                 <w:sz w:val="16"/>
                                 <w:szCs w:val="16"/>
                               </w:rPr>
                               <w:alias w:val="Date"/>
                               <w:id w:val="77476837"/>
                               <w:dataBinding w:prefixMappings="xmlns:ns0='http://schemas.microsoft.com/office/2006/coverPageProps'" w:xpath="/ns0:CoverPageProperties[1]/ns0:PublishDate[1]" w:storeItemID="{55AF091B-3C7A-41E3-B477-F2FDAA23CFDA}"/>
                               <w:date>
                                 <w:dateFormat w:val="dd MMMM yyyy"/>
                                 <w:lid w:val="fr-FR"/>
                                 <w:storeMappedDataAs w:val="dateTime"/>
                                 <w:calendar w:val="gregorian"/>
                               </w:date>
                             </w:sdtPr>
                             <w:sdtEndPr/>
                             <w:sdtContent>
@@ -17588,56 +17605,56 @@
                           <w:pPr>
                             <w:jc w:val="right"/>
                             <w:rPr>
                               <w:sz w:val="16"/>
                               <w:szCs w:val="16"/>
                             </w:rPr>
                           </w:pPr>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="0" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>100000</wp14:pctWidth>
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="bottomMargin">
                 <wp14:pctHeight>81000</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
-        <mc:Fallback>
+        <mc:Fallback xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex">
           <w:pict>
             <v:rect id="Rectangle 451" o:spid="_x0000_s1029" style="position:absolute;margin-left:0;margin-top:0;width:467.65pt;height:58.3pt;z-index:251659264;visibility:visible;mso-wrap-style:square;mso-width-percent:1000;mso-height-percent:810;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:center;mso-position-horizontal-relative:margin;mso-position-vertical:bottom;mso-position-vertical-relative:page;mso-width-percent:1000;mso-height-percent:810;mso-width-relative:margin;mso-height-relative:bottom-margin-area;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQB400GKtQIAALAFAAAOAAAAZHJzL2Uyb0RvYy54bWysVG1v0zAQ/o7Ef7D8PcvLnLaJlk5b0yCk&#10;ARODH+AmTmPh2MF2mw7Ef+fsrl27fUFAPlj23fn8PHdP7up61wu0ZdpwJQscX0QYMVmrhst1gb9+&#10;qYIZRsZS2VChJCvwIzP4ev72zdU45CxRnRIN0wiSSJOPQ4E7a4c8DE3dsZ6aCzUwCc5W6Z5aOOp1&#10;2Gg6QvZehEkUTcJR6WbQqmbGgLXcO/Hc529bVttPbWuYRaLAgM36Vft15dZwfkXztaZDx+snGPQv&#10;UPSUS3j0mKqklqKN5q9S9bzWyqjWXtSqD1Xb8pp5DsAmjl6weejowDwXKI4ZjmUy/y9t/XF7rxFv&#10;CkzSGCNJe2jSZygblWvBkDNCicbB5BD5MNxrR9IMd6r+ZpBUiw7i2I3WauwYbQCYjw/PLriDgato&#10;NX5QDeSnG6t8tXat7l1CqAPa+aY8HpvCdhbVYEyzyyxOU4xq8E1JRGLftZDmh9uDNvYdUz1ymwJr&#10;QO+z0+2dsYAeQg8h7jGpKi6Eb7yQZwYI3FvgbbjqfA6F7+PPLMqWs+WMBCSZLAMSlWVwUy1IMKni&#10;aVpelotFGf9y78Yk73jTMOmeOWgqJn/Wsyd179VwVJVRgjcunYNk9Hq1EBptKWi68p/rEYA/CQvP&#10;YXg3cHlBKU5IdJtkQTWZTQNSkTTIptEsiOLsNptEJCNldU7pjkv275TQWOAsTVLfpRPQL7hF/nvN&#10;jeY9tzA1BO8LPDsG0dxJcCkb31pLudjvT0rh4D+XAip2aLQXrNPoXut2t9pBFifclWoeQbpagbJg&#10;gMCog02n9A+MRhgbBTbfN1QzjMR7CfLPYkLcnPEH2OhT68ofSDpNwENlDWkKbA/bhd3Ppc2g+bqD&#10;V2JfH6lu4HdpuVfyMyKg4Q4wFjyhpxHm5s7p2Uc9D9r5bwAAAP//AwBQSwMEFAAGAAgAAAAhAAOn&#10;AH7YAAAABQEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAQRO9I/IO1SNyoUyoiCHEqFIHEtS2I&#10;6zZeEoO9jmK3DX/PwgUuI61mNPO2Xs/BqyNNyUU2sFwUoIi7aB33Bl52T1e3oFJGtugjk4EvSrBu&#10;zs9qrGw88YaO29wrKeFUoYEh57HSOnUDBUyLOBKL9x6ngFnOqdd2wpOUB6+vi6LUAR3LwoAjtQN1&#10;n9tDMKBj65771+jbHTq/eUv2gx+zMZcX88M9qExz/gvDD76gQyNM+3hgm5Q3II/kXxXvbnWzArWX&#10;0LIsQTe1/k/ffAMAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAA&#10;AAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAA&#10;AAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQB400GKtQIAALAFAAAOAAAA&#10;AAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQADpwB+2AAAAAUBAAAP&#10;AAAAAAAAAAAAAAAAAA8FAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAFAYAAAAA&#10;" filled="f" stroked="f">
               <v:textbox inset=",0">
                 <w:txbxContent>
-                  <w:p w:rsidR="00996C91" w:rsidRDefault="00F448BC">
+                  <w:p w:rsidR="00996C91" w:rsidRDefault="00C7719E">
                     <w:pPr>
                       <w:jc w:val="right"/>
                       <w:rPr>
                         <w:sz w:val="16"/>
                         <w:szCs w:val="16"/>
                       </w:rPr>
                     </w:pPr>
                     <w:sdt>
                       <w:sdtPr>
                         <w:rPr>
                           <w:sz w:val="16"/>
                           <w:szCs w:val="16"/>
                         </w:rPr>
                         <w:alias w:val="Date"/>
                         <w:id w:val="77476837"/>
                         <w:dataBinding w:prefixMappings="xmlns:ns0='http://schemas.microsoft.com/office/2006/coverPageProps'" w:xpath="/ns0:CoverPageProperties[1]/ns0:PublishDate[1]" w:storeItemID="{55AF091B-3C7A-41E3-B477-F2FDAA23CFDA}"/>
                         <w:date>
                           <w:dateFormat w:val="dd MMMM yyyy"/>
                           <w:lid w:val="fr-FR"/>
                           <w:storeMappedDataAs w:val="dateTime"/>
                           <w:calendar w:val="gregorian"/>
                         </w:date>
                       </w:sdtPr>
                       <w:sdtEndPr/>
                       <w:sdtContent>
@@ -17686,70 +17703,70 @@
                       <w:t>5</w:t>
                     </w:r>
                   </w:p>
                   <w:p w:rsidR="00593F86" w:rsidRPr="00211097" w:rsidRDefault="00593F86">
                     <w:pPr>
                       <w:jc w:val="right"/>
                       <w:rPr>
                         <w:sz w:val="16"/>
                         <w:szCs w:val="16"/>
                       </w:rPr>
                     </w:pPr>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
               <w10:wrap anchorx="margin" anchory="page"/>
             </v:rect>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00F448BC" w:rsidRDefault="00F448BC" w:rsidP="00996C91">
+    <w:p w:rsidR="00B35A52" w:rsidRDefault="00B35A52" w:rsidP="00996C91">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00F448BC" w:rsidRDefault="00F448BC" w:rsidP="00996C91">
+    <w:p w:rsidR="00B35A52" w:rsidRDefault="00B35A52" w:rsidP="00996C91">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="0C444944"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="A2ECC484"/>
     <w:lvl w:ilvl="0" w:tplc="84425888">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="384" w:hanging="274"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:eastAsia="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="32"/>
         <w:szCs w:val="32"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="C876F78A">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="838" w:hanging="274"/>
@@ -19096,122 +19113,124 @@
   <w:num w:numId="7">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="8">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="9">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="10">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="11">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="12">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="13">
     <w:abstractNumId w:val="7"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15">
+  <w:view w:val="normal"/>
   <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2049"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
-    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00871BFE"/>
     <w:rsid w:val="000113B0"/>
     <w:rsid w:val="00021205"/>
     <w:rsid w:val="00022763"/>
     <w:rsid w:val="00045362"/>
     <w:rsid w:val="00054A5B"/>
     <w:rsid w:val="00063CB8"/>
     <w:rsid w:val="00083FF3"/>
     <w:rsid w:val="000B3843"/>
     <w:rsid w:val="000E0B40"/>
     <w:rsid w:val="000F2FEA"/>
     <w:rsid w:val="001150A6"/>
     <w:rsid w:val="00144945"/>
     <w:rsid w:val="00164516"/>
     <w:rsid w:val="00182B0A"/>
     <w:rsid w:val="00183BB0"/>
+    <w:rsid w:val="001A0264"/>
     <w:rsid w:val="001B769A"/>
     <w:rsid w:val="001B7EB7"/>
     <w:rsid w:val="001D12E0"/>
     <w:rsid w:val="00211097"/>
     <w:rsid w:val="00217F77"/>
     <w:rsid w:val="00220F2E"/>
     <w:rsid w:val="0022735D"/>
     <w:rsid w:val="00237B86"/>
     <w:rsid w:val="00240A5A"/>
     <w:rsid w:val="00255C5E"/>
     <w:rsid w:val="00265B20"/>
     <w:rsid w:val="002816C9"/>
     <w:rsid w:val="002D6722"/>
     <w:rsid w:val="002E4CB1"/>
     <w:rsid w:val="003047F5"/>
     <w:rsid w:val="0032430A"/>
     <w:rsid w:val="00346F70"/>
     <w:rsid w:val="0035776F"/>
     <w:rsid w:val="003630CD"/>
     <w:rsid w:val="0036783D"/>
     <w:rsid w:val="00384F20"/>
     <w:rsid w:val="003C5450"/>
     <w:rsid w:val="003D1389"/>
     <w:rsid w:val="003D26BD"/>
     <w:rsid w:val="003E4DC3"/>
+    <w:rsid w:val="00427456"/>
     <w:rsid w:val="004438AC"/>
     <w:rsid w:val="0045493F"/>
     <w:rsid w:val="00482B2E"/>
     <w:rsid w:val="004C3894"/>
     <w:rsid w:val="004D2475"/>
+    <w:rsid w:val="00500F49"/>
     <w:rsid w:val="00503851"/>
     <w:rsid w:val="005048F4"/>
     <w:rsid w:val="00526B1E"/>
     <w:rsid w:val="00561A6A"/>
     <w:rsid w:val="00563CF0"/>
     <w:rsid w:val="005672A4"/>
     <w:rsid w:val="00593F86"/>
     <w:rsid w:val="005C5316"/>
     <w:rsid w:val="005E297C"/>
     <w:rsid w:val="00602240"/>
     <w:rsid w:val="00604FC2"/>
     <w:rsid w:val="00621227"/>
     <w:rsid w:val="00636784"/>
     <w:rsid w:val="0067409C"/>
     <w:rsid w:val="006C2EBE"/>
     <w:rsid w:val="00714DA1"/>
     <w:rsid w:val="00763668"/>
     <w:rsid w:val="007649DA"/>
     <w:rsid w:val="007B28E0"/>
     <w:rsid w:val="007B7D06"/>
     <w:rsid w:val="0083141C"/>
     <w:rsid w:val="0083210A"/>
     <w:rsid w:val="008508AF"/>
     <w:rsid w:val="00852FCC"/>
     <w:rsid w:val="00871BFE"/>
@@ -19224,128 +19243,130 @@
     <w:rsid w:val="00916098"/>
     <w:rsid w:val="00925020"/>
     <w:rsid w:val="00930325"/>
     <w:rsid w:val="009426FC"/>
     <w:rsid w:val="0094658B"/>
     <w:rsid w:val="00955919"/>
     <w:rsid w:val="009922EA"/>
     <w:rsid w:val="009936B9"/>
     <w:rsid w:val="00996C91"/>
     <w:rsid w:val="009C00F6"/>
     <w:rsid w:val="009C6B91"/>
     <w:rsid w:val="009D0CAC"/>
     <w:rsid w:val="009E3031"/>
     <w:rsid w:val="009F4229"/>
     <w:rsid w:val="00A06C73"/>
     <w:rsid w:val="00A32715"/>
     <w:rsid w:val="00A34DF4"/>
     <w:rsid w:val="00A64F39"/>
     <w:rsid w:val="00A959F9"/>
     <w:rsid w:val="00AA1FF5"/>
     <w:rsid w:val="00AB295B"/>
     <w:rsid w:val="00AC786A"/>
     <w:rsid w:val="00AD7D28"/>
     <w:rsid w:val="00AE2DFC"/>
     <w:rsid w:val="00AF6489"/>
+    <w:rsid w:val="00B260A0"/>
     <w:rsid w:val="00B273C5"/>
+    <w:rsid w:val="00B35A52"/>
     <w:rsid w:val="00B57AE2"/>
     <w:rsid w:val="00B71B17"/>
     <w:rsid w:val="00BE41C8"/>
     <w:rsid w:val="00C033BC"/>
     <w:rsid w:val="00C4174D"/>
     <w:rsid w:val="00C44BCD"/>
+    <w:rsid w:val="00C7719E"/>
     <w:rsid w:val="00C84290"/>
     <w:rsid w:val="00D1401F"/>
     <w:rsid w:val="00D661C9"/>
     <w:rsid w:val="00D7269B"/>
     <w:rsid w:val="00D752A8"/>
     <w:rsid w:val="00D90F88"/>
     <w:rsid w:val="00DE1A79"/>
     <w:rsid w:val="00DE413A"/>
     <w:rsid w:val="00DF1A7C"/>
     <w:rsid w:val="00E02604"/>
     <w:rsid w:val="00E52C71"/>
     <w:rsid w:val="00E60013"/>
     <w:rsid w:val="00E63A63"/>
     <w:rsid w:val="00E670FD"/>
     <w:rsid w:val="00E960E0"/>
     <w:rsid w:val="00EA2F5D"/>
     <w:rsid w:val="00EB1A13"/>
     <w:rsid w:val="00EB2C81"/>
     <w:rsid w:val="00ED0E29"/>
     <w:rsid w:val="00F4220F"/>
     <w:rsid w:val="00F448BC"/>
     <w:rsid w:val="00F94AF8"/>
     <w:rsid w:val="00FE22C9"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="fr-FR"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2049"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="42F02F7E"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{692BFD4B-ED65-4A3F-B07D-E3DE9FA3282A}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="fr-FR" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="375">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
     <w:lsdException w:name="Normal" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -19673,54 +19694,50 @@
     <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
-    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
-[...2 lines deleted...]
-    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
     <w:rsid w:val="00871BFE"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Policepardfaut">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableauNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
@@ -19870,51 +19887,79 @@
   <w:style w:type="paragraph" w:styleId="Pieddepage">
     <w:name w:val="footer"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="PieddepageCar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00996C91"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4536"/>
         <w:tab w:val="right" w:pos="9072"/>
       </w:tabs>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="PieddepageCar">
     <w:name w:val="Pied de page Car"/>
     <w:basedOn w:val="Policepardfaut"/>
     <w:link w:val="Pieddepage"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00996C91"/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
+  <w:divs>
+    <w:div w:id="44840140">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="191498641">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+  </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.emf"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:service.technique@ville-montrouge.fr" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:service.technique@ville-montrouge.fr" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:service.technique@ville-montrouge.fr" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:service.technique@ville-montrouge.fr" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:service.technique@ville-montrouge.fr" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image8.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.emf"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image7.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:service.technique@ville-montrouge.fr" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:service.technique@ville-montrouge.fr" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.jpg"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Thème Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
@@ -20174,82 +20219,82 @@
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <CoverPageProperties xmlns="http://schemas.microsoft.com/office/2006/coverPageProps">
   <PublishDate>MAJ :</PublishDate>
   <Abstract/>
   <CompanyAddress/>
   <CompanyPhone/>
   <CompanyFax/>
   <CompanyEmail/>
 </CoverPageProperties>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{55AF091B-3C7A-41E3-B477-F2FDAA23CFDA}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/coverPageProps"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{2FFC2E15-D0D5-4B5F-B8CD-3596F3E23A2C}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D34EA68E-C720-41E4-AB7A-03921756B8BB}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>1</Pages>
+  <Pages>20</Pages>
   <Words>2078</Words>
-  <Characters>11432</Characters>
+  <Characters>11433</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>95</Lines>
   <Paragraphs>26</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Titre</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>13484</CharactersWithSpaces>
+  <CharactersWithSpaces>13485</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>DEVRIES Florence</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>